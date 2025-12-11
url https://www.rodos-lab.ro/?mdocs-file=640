--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -1517,199 +1517,233 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DC81BFE" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRPr="00256C67" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Valoarea contractului </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E6B8BE" w14:textId="7AD44074" w:rsidR="00B170F9" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
+    <w:p w14:paraId="5A5B67BD" w14:textId="00866245" w:rsidR="00705BC9" w:rsidRPr="00705BC9" w:rsidRDefault="00B170F9" w:rsidP="00705BC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Contravaloarea monitorizării dozimetrice este </w:t>
       </w:r>
       <w:r w:rsidRPr="005354B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4EE4" w:rsidRPr="00BC4EE4">
+      <w:r w:rsidR="00705BC9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>50</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C92EDA">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4EE4" w:rsidRPr="00BC4EE4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005354B3">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92EDA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005354B3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">00 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C733B3">
+      <w:r w:rsidR="00705BC9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>RON</w:t>
+        <w:t>EUR/</w:t>
       </w:r>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>/persoană/lună</w:t>
+        <w:t>persoană/lună</w:t>
       </w:r>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>pentru monitorizarea dozimetrică la nivelul întregului organism, pentru radiații X și gama (fotoni).</w:t>
       </w:r>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> Prețul nu include TVA 19%.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7E49FFDA" w14:textId="2C3DE64B" w:rsidR="00B170F9" w:rsidRPr="0064390E" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
+        <w:t xml:space="preserve"> Prețul nu include TVA</w:t>
+      </w:r>
+      <w:r w:rsidR="00705BC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00705BC9" w:rsidRPr="0064390E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prețul </w:t>
+      </w:r>
+      <w:r w:rsidR="00705BC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>unitar este ferm în EUR și nu se va modifica sau ajusta în perioada de derulare a contractului</w:t>
+      </w:r>
+      <w:r w:rsidR="00705BC9" w:rsidRPr="0064390E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B29AE45" w14:textId="43089BCF" w:rsidR="00705BC9" w:rsidRPr="0064390E" w:rsidRDefault="00705BC9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064390E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Prețul monitorizării dozimetrice individuale include toate aspectele legate de îndeplinirea cerințelor de reglementare emise de CNCAN: furnizarea</w:t>
       </w:r>
       <w:r w:rsidRPr="0064390E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> dozimetrelor, procesarea și interpretarea, emiterea buletinelor dozimetrice</w:t>
       </w:r>
-      <w:r w:rsidR="002C24B7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0064390E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C24B7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0064390E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
-        <w:t>rhivarea rezultatelor monitorizării dozimetrice se face conform Normelor de Dozimetrie Individuală și Radon publicate în Monitorul Oficial în data de 14 decembrie 2020.</w:t>
+        <w:t>rhivarea rezultatelor monitorizării dozimetrice se face conform Normelor de Dozimetrie Individuală și Radon publicate în Monitorul Oficial în data de 14 decembrie 2020</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E93C30" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRPr="0064390E" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064390E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Expedierea dozimetrelor de la prestator către beneficiar se realizează:</w:t>
       </w:r>
     </w:p>
@@ -1827,192 +1861,222 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. Orice modificare a numărului de persoane din evidența beneficiarului va fi notificată </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Prestatorului</w:t>
       </w:r>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> în scris. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F7B3F60" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRPr="00256C67" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
+    <w:p w14:paraId="2F7B3F60" w14:textId="46D09CEB" w:rsidR="00B170F9" w:rsidRPr="00256C67" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Valoarea anuală a contractului este de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>.................</w:t>
       </w:r>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> RON,</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00705BC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>EUR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00256C67">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00256C67">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> la care se adaugă TVA, în cota stabilită de prevederile legale în vigoare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="263B020B" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRPr="00CF1284" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40CA345E" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRPr="00FC0F84" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Modalitatea de plată</w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2847C1DB" w14:textId="3AB26237" w:rsidR="00B170F9" w:rsidRPr="00FC0F84" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
+    <w:p w14:paraId="2847C1DB" w14:textId="7152B792" w:rsidR="00B170F9" w:rsidRPr="00705BC9" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk86928647"/>
       <w:r w:rsidRPr="00FC0F84">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Plata serviciilor se va face </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>trimestrial/semestrial/</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7299">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>anual</w:t>
       </w:r>
       <w:r w:rsidRPr="00F503AA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC0F84">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> după semnarea contractului, pe bază de factură emisă de către </w:t>
       </w:r>
       <w:r w:rsidR="00A736F5" w:rsidRPr="00FC0F84">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Prestator</w:t>
       </w:r>
       <w:r w:rsidR="00A736F5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> și transmisă prin sistemul RO e-Factura.</w:t>
+      </w:r>
+      <w:r w:rsidR="00705BC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00705BC9" w:rsidRPr="00705BC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Factura fiscală se va emite în RON la cursul BNR valabil la data emiterii.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63E4C1E1" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRPr="00FC0F84" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC0F84">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Facturile însoțite de documentele însoțitoare solicitate, se vor transmite doar în format electronic pe adresa de e-mail a responsabilului de contract desemnat de beneficiar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59EEADFA" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRPr="009F16A4" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
@@ -2363,172 +2427,204 @@
       <w:r w:rsidRPr="0087577A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Beneficiarul va utiliza dozimetrele individuale în conformitate cu condițiile prevăzute în Formularul nr. 2: „Cerințe generale privind monitorizarea dozimetrică individuală”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="134CDA44" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dozimetrele individuale sunt dozimetre </w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>reutilizabile</w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> și sunt proprietatea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Prestatorului</w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Aceste dozimetre sunt puse la dispoziția Beneficiarului în scopul monitorizării dozimetrice, în luna pentru </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">care au fost atribuite. De aceea, în termen de </w:t>
+        <w:t xml:space="preserve">.  Aceste dozimetre sunt puse la dispoziția Beneficiarului în scopul monitorizării dozimetrice, în luna pentru care au fost atribuite. De aceea, în termen de </w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>maximum 15 zile</w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la sfârșitul perioadei de purtare, dozimetrele trebuie </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk54098863"/>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>returnate pentru interpretare și evaluarea dozei.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="065E0C11" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
+    <w:p w14:paraId="065E0C11" w14:textId="5308CD83" w:rsidR="00B170F9" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">În cazul nereturnării dozimetrelor </w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>în maxim 60 de zile</w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de la sfârșitul perioadei de purtare sau în cazul deteriorării fizice a dozimetrelor pe perioada în care sunt în posesia Beneficiarului, </w:t>
+        <w:t xml:space="preserve"> de la sfârșitul perioadei de purtare</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, în cazul pierderii</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sau </w:t>
+      </w:r>
+      <w:r w:rsidR="005F3EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deteriorării fizice a dozimetrelor pe perioada în care sunt în posesia Beneficiarului, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Prestatorul</w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> va percepe o taxă de întârziere în valoare de </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F16A4">
+        <w:t xml:space="preserve"> va percepe o taxă în valoare de </w:t>
+      </w:r>
+      <w:r w:rsidR="00000349">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3EE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>,00</w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">0 lei /dozimetru întârziat/ </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00000349">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>EUR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /dozimetru întârziat/ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>deteriorat</w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="009F16A4">
         <w:rPr>
@@ -2999,50 +3095,51 @@
       <w:r w:rsidRPr="00FA0E8D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Fiecare Parte va solicita celeilalte Părți numai datele cu caracter personal necesare executării Contractului și, în măsura în care există alt scop pentru care solicită datele cu caracter personal, va justifica această solicitare furnizând informațiile impuse de legislația aplicabilă, respectiv de art. 13-14 din Regulamentul nr. 679/2016 și/sau de orice articol sau normă care înlocuiește sau completează aceste prevederi. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3797C8" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA0E8D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Fiecare Parte care divulgă date personale ale angajaților/reprezentanților săi se asigură că a furnizat acestora informațiile prevăzute la art. 13-14 din Regulamentul nr. 679/2016 și/sau din orice articol sau normă care înlocuiește sau completează aceste prevederi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C69D51" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA0E8D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Pentru evitarea oricărui dubiu, Părțile iau cunoștință și convin ca fiecare Parte să determine, în mod independent, scopul/scopurile și mijloacele de prelucrare a datelor cu caracter personal în legătură cu Contractul. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188DCEBF" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
@@ -3747,89 +3844,69 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="249E917A" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRDefault="00266EB1" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11F30C7D" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRDefault="00266EB1" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B92B8A8" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRDefault="00266EB1" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59944939" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRDefault="00266EB1" w:rsidP="00B170F9">
-[...19 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1DA7CFCA" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRPr="0079682A" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079682A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ANEXA 1 la contractul nr....</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>......./..</w:t>
       </w:r>
       <w:r w:rsidRPr="0079682A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>...............................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BE8C3BF" w14:textId="77777777" w:rsidR="00B170F9" w:rsidRDefault="00B170F9" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4234,263 +4311,294 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D7FC637" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00266EB1" w:rsidP="00502669">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E408BD" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00266EB1" w:rsidP="00502669">
+          <w:p w14:paraId="69E408BD" w14:textId="267E1913" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WB</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00266EB1" w:rsidRPr="005F465E" w14:paraId="61D3CDA2" w14:textId="77777777" w:rsidTr="00502669">
+      <w:tr w:rsidR="00F31C09" w:rsidRPr="005F465E" w14:paraId="61D3CDA2" w14:textId="77777777" w:rsidTr="00502669">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10914A7F" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="008B68F6" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
+          <w:p w14:paraId="10914A7F" w14:textId="77777777" w:rsidR="00F31C09" w:rsidRPr="008B68F6" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2211" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30E3A09C" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00266EB1" w:rsidP="00502669">
+          <w:p w14:paraId="30E3A09C" w14:textId="77777777" w:rsidR="00F31C09" w:rsidRPr="005F465E" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27955C89" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00266EB1" w:rsidP="00502669">
+          <w:p w14:paraId="27955C89" w14:textId="77777777" w:rsidR="00F31C09" w:rsidRPr="005F465E" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="280BC1C6" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00266EB1" w:rsidP="00502669">
+          <w:p w14:paraId="280BC1C6" w14:textId="77777777" w:rsidR="00F31C09" w:rsidRPr="005F465E" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66157FC6" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00266EB1" w:rsidP="00502669">
+          <w:p w14:paraId="66157FC6" w14:textId="3E672BFC" w:rsidR="00F31C09" w:rsidRPr="005F465E" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E304C8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WB</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00266EB1" w:rsidRPr="005F465E" w14:paraId="68D8DF79" w14:textId="77777777" w:rsidTr="00502669">
+      <w:tr w:rsidR="00F31C09" w:rsidRPr="005F465E" w14:paraId="68D8DF79" w14:textId="77777777" w:rsidTr="00502669">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15849F9D" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="008B68F6" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
+          <w:p w14:paraId="15849F9D" w14:textId="77777777" w:rsidR="00F31C09" w:rsidRPr="008B68F6" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2211" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEC02C2" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00266EB1" w:rsidP="00502669">
+          <w:p w14:paraId="1BEC02C2" w14:textId="77777777" w:rsidR="00F31C09" w:rsidRPr="005F465E" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48329335" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00266EB1" w:rsidP="00502669">
+          <w:p w14:paraId="48329335" w14:textId="77777777" w:rsidR="00F31C09" w:rsidRPr="005F465E" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57464413" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00266EB1" w:rsidP="00502669">
+          <w:p w14:paraId="57464413" w14:textId="77777777" w:rsidR="00F31C09" w:rsidRPr="005F465E" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DAE755A" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="005F465E" w:rsidRDefault="00266EB1" w:rsidP="00502669">
+          <w:p w14:paraId="3DAE755A" w14:textId="170F441B" w:rsidR="00F31C09" w:rsidRPr="005F465E" w:rsidRDefault="00F31C09" w:rsidP="00F31C09">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E304C8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WB</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="541804E2" w14:textId="62A040E6" w:rsidR="00B170F9" w:rsidRDefault="00B170F9" w:rsidP="00266EB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1207105C" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRDefault="00266EB1" w:rsidP="00B170F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38BAC26E" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="002A1974" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
+    <w:p w14:paraId="38BAC26E" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="00F31C09" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31C09">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Persoana responsabilă cu protecția radiologică (din partea Beneficiarului): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC1D56B" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="006A4263" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A4263">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Nume şi prenume: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A255371" w14:textId="47E673A0" w:rsidR="00266EB1" w:rsidRPr="006A4263" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -4556,79 +4664,82 @@
         </w:rPr>
         <w:t>Adresa e-mail: .............................</w:t>
       </w:r>
       <w:r w:rsidR="006A4263">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="006A4263">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.......</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB2D27F" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="006A4263" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A4235DE" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
+    <w:p w14:paraId="1A4235DE" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="00F31C09" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31C09">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Responsabil contract din partea Prestatorului:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00F31C09">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00F31C09">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Responsabil contract din partea Beneficiarului: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7919566B" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="002A1974" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C153FBB" w14:textId="47243459" w:rsidR="00266EB1" w:rsidRDefault="00BC4EE4" w:rsidP="00266EB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Mariana SOARE</w:t>
       </w:r>
       <w:r w:rsidR="00266EB1">
@@ -5142,145 +5253,145 @@
     <w:p w14:paraId="31161F47" w14:textId="77777777" w:rsidR="00266EB1" w:rsidRPr="00F94AE0" w:rsidRDefault="00266EB1" w:rsidP="00266EB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00266EB1" w:rsidRPr="00F94AE0" w:rsidSect="00E92FE8">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1080" w:right="566" w:bottom="993" w:left="1418" w:header="142" w:footer="381" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E04AF9D" w14:textId="77777777" w:rsidR="00943870" w:rsidRDefault="00943870" w:rsidP="00D86E56">
+    <w:p w14:paraId="09A6E207" w14:textId="77777777" w:rsidR="009D2B14" w:rsidRDefault="009D2B14" w:rsidP="00D86E56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14A85402" w14:textId="77777777" w:rsidR="00943870" w:rsidRDefault="00943870" w:rsidP="00D86E56">
+    <w:p w14:paraId="6198CD08" w14:textId="77777777" w:rsidR="009D2B14" w:rsidRDefault="009D2B14" w:rsidP="00D86E56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32AC4E88" w14:textId="77777777" w:rsidR="002834DB" w:rsidRDefault="002834DB" w:rsidP="002834DB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="center" w:pos="5310"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:eastAsia="Calibri" w:hAnsi="Montserrat" w:cs="Times New Roman"/>
         <w:color w:val="FFB469"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
@@ -5946,63 +6057,63 @@
         <w:rFonts w:ascii="Montserrat" w:eastAsia="Calibri" w:hAnsi="Montserrat" w:cs="Times New Roman"/>
         <w:color w:val="FFB469"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> T O R U L U</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:eastAsia="Calibri" w:hAnsi="Montserrat" w:cs="Times New Roman"/>
         <w:color w:val="FFB469"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>I</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="506149EA" w14:textId="77777777" w:rsidR="00943870" w:rsidRDefault="00943870" w:rsidP="00D86E56">
+    <w:p w14:paraId="5376D537" w14:textId="77777777" w:rsidR="009D2B14" w:rsidRDefault="009D2B14" w:rsidP="00D86E56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk528325180"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F4DC15A" w14:textId="77777777" w:rsidR="00943870" w:rsidRDefault="00943870" w:rsidP="00D86E56">
+    <w:p w14:paraId="417D6595" w14:textId="77777777" w:rsidR="009D2B14" w:rsidRDefault="009D2B14" w:rsidP="00D86E56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6223,133 +6334,126 @@
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>S.C. RODOS LABORATORIES S.R.L.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="1118B9F7" w14:textId="77777777" w:rsidR="00E13CFC" w:rsidRDefault="004B7751" w:rsidP="00E13CFC">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E13CFC">
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Str. Atomiștilor, nr. 407, 077125 Măgurele, Jud. Ilfov, </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="39C787B0" w14:textId="1923E519" w:rsidR="004B7751" w:rsidRPr="00E13CFC" w:rsidRDefault="004B7751" w:rsidP="00E13CFC">
+        <w:p w14:paraId="39C787B0" w14:textId="6EEF1B3B" w:rsidR="004B7751" w:rsidRPr="00E13CFC" w:rsidRDefault="004B7751" w:rsidP="00E13CFC">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E13CFC">
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">C.I.F.: 39807309, Reg. </w:t>
           </w:r>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00E13CFC">
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Com.: J23/4125/2018, </w:t>
+            <w:t>Com</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00E13CFC">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">.: </w:t>
+          </w:r>
+          <w:r w:rsidR="00F31C09" w:rsidRPr="00F31C09">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>J2018004125232</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E13CFC">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="76BB1B40" w14:textId="220C6DF4" w:rsidR="004B7751" w:rsidRPr="00E13CFC" w:rsidRDefault="004B7751" w:rsidP="00E13CFC">
+        <w:p w14:paraId="76BB1B40" w14:textId="65F4952D" w:rsidR="004B7751" w:rsidRPr="00E13CFC" w:rsidRDefault="004B7751" w:rsidP="00E13CFC">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E13CFC">
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Tel.: 021 457 4880, </w:t>
-          </w:r>
-[...34 lines deleted...]
-            <w:t xml:space="preserve">, </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="11DC3876" w14:textId="77A6D388" w:rsidR="00E13CFC" w:rsidRDefault="004B7751" w:rsidP="00E13CFC">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E13CFC">
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Mobil: </w:t>
           </w:r>
           <w:r w:rsidR="001E7E40">
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
@@ -10133,76 +10237,77 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1644045636">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="101537193">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="69633"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D86E56"/>
+    <w:rsid w:val="00000349"/>
     <w:rsid w:val="00004E05"/>
     <w:rsid w:val="00033C79"/>
     <w:rsid w:val="00040E59"/>
     <w:rsid w:val="000469A8"/>
     <w:rsid w:val="00067DDA"/>
     <w:rsid w:val="00081A86"/>
     <w:rsid w:val="000865A6"/>
     <w:rsid w:val="00090184"/>
     <w:rsid w:val="000914B9"/>
     <w:rsid w:val="000C4003"/>
     <w:rsid w:val="000C79B7"/>
     <w:rsid w:val="000E33E5"/>
     <w:rsid w:val="001131C3"/>
     <w:rsid w:val="001405C5"/>
     <w:rsid w:val="00144298"/>
     <w:rsid w:val="00161952"/>
     <w:rsid w:val="00170054"/>
     <w:rsid w:val="00176746"/>
     <w:rsid w:val="001832B6"/>
     <w:rsid w:val="001837C2"/>
     <w:rsid w:val="001A0816"/>
     <w:rsid w:val="001A08E2"/>
     <w:rsid w:val="001C664F"/>
     <w:rsid w:val="001D696F"/>
     <w:rsid w:val="001E5D68"/>
@@ -10224,225 +10329,232 @@
     <w:rsid w:val="002B4764"/>
     <w:rsid w:val="002B5A34"/>
     <w:rsid w:val="002C24B7"/>
     <w:rsid w:val="002D6129"/>
     <w:rsid w:val="002E08C7"/>
     <w:rsid w:val="002F7156"/>
     <w:rsid w:val="00320D2E"/>
     <w:rsid w:val="003221C0"/>
     <w:rsid w:val="00345620"/>
     <w:rsid w:val="00354E04"/>
     <w:rsid w:val="00360BF7"/>
     <w:rsid w:val="00365C48"/>
     <w:rsid w:val="0037708D"/>
     <w:rsid w:val="003A6DC7"/>
     <w:rsid w:val="003D0EA5"/>
     <w:rsid w:val="003F5437"/>
     <w:rsid w:val="003F592F"/>
     <w:rsid w:val="00400D13"/>
     <w:rsid w:val="00403E22"/>
     <w:rsid w:val="00405EB6"/>
     <w:rsid w:val="00412FE7"/>
     <w:rsid w:val="00433BE1"/>
     <w:rsid w:val="0044340D"/>
     <w:rsid w:val="0047159A"/>
     <w:rsid w:val="00484DE6"/>
+    <w:rsid w:val="004B428D"/>
     <w:rsid w:val="004B6F4D"/>
     <w:rsid w:val="004B7751"/>
     <w:rsid w:val="004E400E"/>
     <w:rsid w:val="004F40FA"/>
     <w:rsid w:val="004F4BA6"/>
     <w:rsid w:val="00501B28"/>
     <w:rsid w:val="00517D57"/>
     <w:rsid w:val="0053288B"/>
     <w:rsid w:val="00587A5B"/>
     <w:rsid w:val="005D73D4"/>
     <w:rsid w:val="005D7C0B"/>
+    <w:rsid w:val="005F3EE5"/>
     <w:rsid w:val="00616CC1"/>
     <w:rsid w:val="00632C80"/>
     <w:rsid w:val="00644655"/>
     <w:rsid w:val="00652835"/>
     <w:rsid w:val="00662C25"/>
     <w:rsid w:val="00666BF7"/>
     <w:rsid w:val="00676B78"/>
     <w:rsid w:val="006A225A"/>
     <w:rsid w:val="006A41D2"/>
     <w:rsid w:val="006A4263"/>
     <w:rsid w:val="006B77E3"/>
     <w:rsid w:val="006C735D"/>
     <w:rsid w:val="006F01CD"/>
+    <w:rsid w:val="00705BC9"/>
     <w:rsid w:val="00743C00"/>
     <w:rsid w:val="00745B75"/>
     <w:rsid w:val="007463C0"/>
     <w:rsid w:val="00761DF8"/>
     <w:rsid w:val="00767666"/>
     <w:rsid w:val="00774582"/>
     <w:rsid w:val="007A696A"/>
     <w:rsid w:val="007E683B"/>
     <w:rsid w:val="007F4812"/>
     <w:rsid w:val="00814F79"/>
     <w:rsid w:val="00816DFE"/>
     <w:rsid w:val="0083518D"/>
     <w:rsid w:val="00853AF1"/>
     <w:rsid w:val="00855D50"/>
     <w:rsid w:val="00877EE4"/>
     <w:rsid w:val="008B2164"/>
     <w:rsid w:val="008B3E92"/>
     <w:rsid w:val="008D116F"/>
     <w:rsid w:val="008D5072"/>
     <w:rsid w:val="008E216F"/>
     <w:rsid w:val="008E37B6"/>
     <w:rsid w:val="008F0C02"/>
     <w:rsid w:val="00902849"/>
     <w:rsid w:val="00903FB9"/>
     <w:rsid w:val="00905432"/>
     <w:rsid w:val="00905AB5"/>
     <w:rsid w:val="00906CE2"/>
     <w:rsid w:val="00912130"/>
     <w:rsid w:val="009304BC"/>
     <w:rsid w:val="00937691"/>
     <w:rsid w:val="009426E6"/>
     <w:rsid w:val="00943870"/>
+    <w:rsid w:val="0095114E"/>
     <w:rsid w:val="00956432"/>
     <w:rsid w:val="009710F7"/>
     <w:rsid w:val="00973FB5"/>
     <w:rsid w:val="00997D1C"/>
     <w:rsid w:val="009B0E27"/>
     <w:rsid w:val="009B654E"/>
     <w:rsid w:val="009C0FEA"/>
+    <w:rsid w:val="009D2B14"/>
     <w:rsid w:val="009E5B3D"/>
     <w:rsid w:val="009F58C0"/>
     <w:rsid w:val="00A17535"/>
     <w:rsid w:val="00A27894"/>
     <w:rsid w:val="00A51040"/>
     <w:rsid w:val="00A70714"/>
     <w:rsid w:val="00A736F5"/>
     <w:rsid w:val="00A979D3"/>
     <w:rsid w:val="00AA3E27"/>
     <w:rsid w:val="00AC1663"/>
     <w:rsid w:val="00AC483C"/>
     <w:rsid w:val="00AD7320"/>
     <w:rsid w:val="00AE0D75"/>
     <w:rsid w:val="00AF7449"/>
     <w:rsid w:val="00B170F9"/>
     <w:rsid w:val="00B352B0"/>
     <w:rsid w:val="00B5528C"/>
     <w:rsid w:val="00B8575A"/>
     <w:rsid w:val="00BA11DD"/>
     <w:rsid w:val="00BC4EE4"/>
     <w:rsid w:val="00BE0844"/>
     <w:rsid w:val="00BE0A65"/>
     <w:rsid w:val="00BE4AB3"/>
     <w:rsid w:val="00BE6262"/>
     <w:rsid w:val="00BF1F0C"/>
     <w:rsid w:val="00C00710"/>
     <w:rsid w:val="00C0628F"/>
+    <w:rsid w:val="00C24BC4"/>
     <w:rsid w:val="00C25646"/>
     <w:rsid w:val="00C3225A"/>
     <w:rsid w:val="00C3561C"/>
     <w:rsid w:val="00C36718"/>
     <w:rsid w:val="00C4192F"/>
     <w:rsid w:val="00C46A44"/>
     <w:rsid w:val="00C57223"/>
     <w:rsid w:val="00C81EA5"/>
     <w:rsid w:val="00C87717"/>
     <w:rsid w:val="00C92EDA"/>
     <w:rsid w:val="00C93F93"/>
     <w:rsid w:val="00CA3731"/>
     <w:rsid w:val="00CB1CC7"/>
     <w:rsid w:val="00CB2B38"/>
     <w:rsid w:val="00CC2315"/>
     <w:rsid w:val="00CC7523"/>
     <w:rsid w:val="00CD056B"/>
     <w:rsid w:val="00CD7432"/>
     <w:rsid w:val="00D01E25"/>
     <w:rsid w:val="00D159EF"/>
     <w:rsid w:val="00D260CA"/>
     <w:rsid w:val="00D26401"/>
     <w:rsid w:val="00D4052C"/>
     <w:rsid w:val="00D4481E"/>
     <w:rsid w:val="00D60CC9"/>
     <w:rsid w:val="00D627E6"/>
     <w:rsid w:val="00D778FD"/>
     <w:rsid w:val="00D81502"/>
     <w:rsid w:val="00D86E56"/>
     <w:rsid w:val="00D970A9"/>
     <w:rsid w:val="00DC27E8"/>
     <w:rsid w:val="00DF4CB2"/>
     <w:rsid w:val="00E13CFC"/>
     <w:rsid w:val="00E20126"/>
     <w:rsid w:val="00E20708"/>
     <w:rsid w:val="00E44D35"/>
     <w:rsid w:val="00E506CD"/>
     <w:rsid w:val="00E535B6"/>
     <w:rsid w:val="00E92FE8"/>
     <w:rsid w:val="00E952AA"/>
     <w:rsid w:val="00EA658A"/>
     <w:rsid w:val="00EE1C6C"/>
     <w:rsid w:val="00EE721E"/>
     <w:rsid w:val="00F037BC"/>
     <w:rsid w:val="00F1628A"/>
     <w:rsid w:val="00F1767C"/>
     <w:rsid w:val="00F221DC"/>
+    <w:rsid w:val="00F31C09"/>
     <w:rsid w:val="00F404DE"/>
     <w:rsid w:val="00F4674B"/>
     <w:rsid w:val="00F721CB"/>
     <w:rsid w:val="00F764E1"/>
     <w:rsid w:val="00F82F47"/>
     <w:rsid w:val="00F85D03"/>
     <w:rsid w:val="00F94AE0"/>
     <w:rsid w:val="00FA5589"/>
     <w:rsid w:val="00FB4E6F"/>
     <w:rsid w:val="00FB7B6E"/>
     <w:rsid w:val="00FC410A"/>
     <w:rsid w:val="00FC509F"/>
     <w:rsid w:val="00FD1EE6"/>
     <w:rsid w:val="00FD4C38"/>
     <w:rsid w:val="00FE3288"/>
     <w:rsid w:val="00FE6939"/>
     <w:rsid w:val="00FF2E60"/>
     <w:rsid w:val="00FF46B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ro-RO" w:eastAsia="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="69633"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0ACD44CE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{792B101A-2A93-4C7E-A4CF-6CBE6675521E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -11618,80 +11730,80 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FDCAB0E-DA83-49FF-991A-C4DB73A4D5C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1966</Words>
-  <Characters>11407</Characters>
+  <Words>1992</Words>
+  <Characters>11559</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>96</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titlu</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13347</CharactersWithSpaces>
+  <CharactersWithSpaces>13524</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>CHERESTES CODRUT</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>